--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -59,50 +59,56 @@
   <si>
     <t>Веклин Михайло Тимофійович</t>
   </si>
   <si>
     <t>Грисюк Віталій Іванович</t>
   </si>
   <si>
     <t>Грицишин Олег Васильович</t>
   </si>
   <si>
     <t>Ділай Володимир Степанович</t>
   </si>
   <si>
     <t>Ділай Михайло Петрович</t>
   </si>
   <si>
     <t>Іванчина Олег Антонович</t>
   </si>
   <si>
     <t>Ковальчук Володимир Анатолійович</t>
   </si>
   <si>
     <t>Кожушко Олег Васильович</t>
   </si>
   <si>
+    <t>Андрущак Петро Володимирович</t>
+  </si>
+  <si>
+    <t>Федун Тетяна Ігорівна</t>
+  </si>
+  <si>
     <t>Ксьонжик Світлана Михайлівна</t>
   </si>
   <si>
     <t>Мартинюк Марія Зіновіївна</t>
   </si>
   <si>
     <t>Матвіїв Євген Михайлович</t>
   </si>
   <si>
     <t>Мусій Світлана Степанівна</t>
   </si>
   <si>
     <t>Новосад Світлана Петрівна</t>
   </si>
   <si>
     <t>Піддубчишин Олег Миколайович</t>
   </si>
   <si>
     <t>Підкіпняк Василь Ярославович</t>
   </si>
   <si>
     <t>Плечінь Ігор Якович</t>
   </si>
   <si>
     <t>Пограничний Володимир Ігорович</t>
@@ -111,56 +117,50 @@
     <t>Сидор Ігор Петрович</t>
   </si>
   <si>
     <t>Сикиндюк Надія Василівна</t>
   </si>
   <si>
     <t>Славич Олег Васильович</t>
   </si>
   <si>
     <t>Табак Богдан Богданович</t>
   </si>
   <si>
     <t>Хомяк Ігор Володимирович</t>
   </si>
   <si>
     <t>Шамборовський Василь Григорович</t>
   </si>
   <si>
     <t>Шевчук Роман Миколайович</t>
   </si>
   <si>
     <t>Яремчук Мар`яна Ярославівна</t>
   </si>
   <si>
     <t>Касян Сергій Васильович</t>
-  </si>
-[...4 lines deleted...]
-    <t>Андрущак Петро Володимирович</t>
   </si>
   <si>
     <t>Михайлевич Валентина Іванівна</t>
   </si>
   <si>
     <t>Баланюк Віктор Миколайович</t>
   </si>
   <si>
     <t>Лащук Олег Юрійович</t>
   </si>
   <si>
     <t>Іванойко Надія Петрівна</t>
   </si>
   <si>
     <t>01.10.25  11:45:52</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
@@ -465,99 +465,99 @@
       <c r="K2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
@@ -592,99 +592,99 @@
       <c r="K3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
@@ -705,99 +705,99 @@
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>47</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
       <c r="Q4" t="s">
         <v>48</v>
       </c>
       <c r="R4" t="s">
         <v>47</v>
       </c>
       <c r="S4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="T4" t="s">
         <v>47</v>
       </c>
       <c r="U4" t="s">
         <v>48</v>
       </c>
       <c r="V4" t="s">
         <v>47</v>
       </c>
       <c r="W4" t="s">
         <v>48</v>
       </c>
       <c r="X4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Y4" t="s">
         <v>48</v>
       </c>
       <c r="Z4" t="s">
         <v>48</v>
       </c>
       <c r="AA4" t="s">
         <v>48</v>
       </c>
       <c r="AB4" t="s">
         <v>48</v>
       </c>
       <c r="AC4" t="s">
         <v>48</v>
       </c>
       <c r="AD4" t="s">
         <v>48</v>
       </c>
       <c r="AE4" t="s">
         <v>48</v>
       </c>
       <c r="AF4" t="s">
         <v>48</v>
       </c>
       <c r="AG4" t="s">
         <v>48</v>
       </c>
       <c r="AH4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AI4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="AJ4" t="s">
         <v>47</v>
       </c>
       <c r="AK4" t="s">
         <v>47</v>
       </c>
       <c r="AL4" t="s">
         <v>48</v>
       </c>
       <c r="AM4" t="s">
         <v>48</v>
       </c>
       <c r="AN4" t="s">
         <v>47</v>
       </c>
       <c r="AO4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
@@ -1157,99 +1157,99 @@
       <c r="K8" t="s">
         <v>52</v>
       </c>
       <c r="L8" t="s">
         <v>52</v>
       </c>
       <c r="M8" t="s">
         <v>52</v>
       </c>
       <c r="N8" t="s">
         <v>52</v>
       </c>
       <c r="O8" t="s">
         <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>53</v>
       </c>
       <c r="Q8" t="s">
         <v>53</v>
       </c>
       <c r="R8" t="s">
         <v>52</v>
       </c>
       <c r="S8" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="T8" t="s">
         <v>52</v>
       </c>
       <c r="U8" t="s">
         <v>53</v>
       </c>
       <c r="V8" t="s">
         <v>52</v>
       </c>
       <c r="W8" t="s">
         <v>53</v>
       </c>
       <c r="X8" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="Y8" t="s">
         <v>53</v>
       </c>
       <c r="Z8" t="s">
         <v>53</v>
       </c>
       <c r="AA8" t="s">
         <v>53</v>
       </c>
       <c r="AB8" t="s">
         <v>53</v>
       </c>
       <c r="AC8" t="s">
         <v>53</v>
       </c>
       <c r="AD8" t="s">
         <v>53</v>
       </c>
       <c r="AE8" t="s">
         <v>53</v>
       </c>
       <c r="AF8" t="s">
         <v>53</v>
       </c>
       <c r="AG8" t="s">
         <v>53</v>
       </c>
       <c r="AH8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AI8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AJ8" t="s">
         <v>52</v>
       </c>
       <c r="AK8" t="s">
         <v>52</v>
       </c>
       <c r="AL8" t="s">
         <v>53</v>
       </c>
       <c r="AM8" t="s">
         <v>53</v>
       </c>
       <c r="AN8" t="s">
         <v>52</v>
       </c>
       <c r="AO8" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>