--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -59,50 +59,56 @@
   <si>
     <t>Веклин Михайло Тимофійович</t>
   </si>
   <si>
     <t>Грисюк Віталій Іванович</t>
   </si>
   <si>
     <t>Грицишин Олег Васильович</t>
   </si>
   <si>
     <t>Ділай Володимир Степанович</t>
   </si>
   <si>
     <t>Ділай Михайло Петрович</t>
   </si>
   <si>
     <t>Іванчина Олег Антонович</t>
   </si>
   <si>
     <t>Ковальчук Володимир Анатолійович</t>
   </si>
   <si>
     <t>Кожушко Олег Васильович</t>
   </si>
   <si>
+    <t>Андрущак Петро Володимирович</t>
+  </si>
+  <si>
+    <t>Федун Тетяна Ігорівна</t>
+  </si>
+  <si>
     <t>Ксьонжик Світлана Михайлівна</t>
   </si>
   <si>
     <t>Мартинюк Марія Зіновіївна</t>
   </si>
   <si>
     <t>Матвіїв Євген Михайлович</t>
   </si>
   <si>
     <t>Мусій Світлана Степанівна</t>
   </si>
   <si>
     <t>Новосад Світлана Петрівна</t>
   </si>
   <si>
     <t>Піддубчишин Олег Миколайович</t>
   </si>
   <si>
     <t>Підкіпняк Василь Ярославович</t>
   </si>
   <si>
     <t>Плечінь Ігор Якович</t>
   </si>
   <si>
     <t>Пограничний Володимир Ігорович</t>
@@ -111,56 +117,50 @@
     <t>Сидор Ігор Петрович</t>
   </si>
   <si>
     <t>Сикиндюк Надія Василівна</t>
   </si>
   <si>
     <t>Славич Олег Васильович</t>
   </si>
   <si>
     <t>Табак Богдан Богданович</t>
   </si>
   <si>
     <t>Хомяк Ігор Володимирович</t>
   </si>
   <si>
     <t>Шамборовський Василь Григорович</t>
   </si>
   <si>
     <t>Шевчук Роман Миколайович</t>
   </si>
   <si>
     <t>Яремчук Мар`яна Ярославівна</t>
   </si>
   <si>
     <t>Касян Сергій Васильович</t>
-  </si>
-[...4 lines deleted...]
-    <t>Андрущак Петро Володимирович</t>
   </si>
   <si>
     <t>Михайлевич Валентина Іванівна</t>
   </si>
   <si>
     <t>Баланюк Віктор Миколайович</t>
   </si>
   <si>
     <t>Лащук Олег Юрійович</t>
   </si>
   <si>
     <t>Іванойко Надія Петрівна</t>
   </si>
   <si>
     <t>03.10.25  09:16:34</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
@@ -477,108 +477,108 @@
       <c r="J2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="U2" t="s" s="5">
+        <v>45</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>45</v>
+      </c>
+      <c r="W2" t="s" s="5">
         <v>46</v>
       </c>
-      <c r="V2" t="s" s="5">
+      <c r="X2" t="s" s="5">
         <v>46</v>
       </c>
-      <c r="W2" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Y2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>2744Про внесення змін до показників бюджету Сокальської  міської територіальної громади на 2025 рік  </t>
         </is>
@@ -604,108 +604,108 @@
       <c r="J3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>2745Про внесення змін в Програму підтримки та розвитку установ охорони здоров’я у КНП «Сокальська РЛ» на 2022-2025 роки</t>
         </is>
@@ -731,108 +731,108 @@
       <c r="J4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5"/>
       <c r="B5"/>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
@@ -844,108 +844,108 @@
       <c r="J5" t="s">
         <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>51</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>50</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
       <c r="Q5" t="s">
         <v>50</v>
       </c>
       <c r="R5" t="s">
+        <v>51</v>
+      </c>
+      <c r="S5" t="s">
         <v>50</v>
       </c>
-      <c r="S5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="U5" t="s">
+        <v>51</v>
+      </c>
+      <c r="V5" t="s">
+        <v>51</v>
+      </c>
+      <c r="W5" t="s">
         <v>52</v>
       </c>
-      <c r="V5" t="s">
+      <c r="X5" t="s">
         <v>52</v>
       </c>
-      <c r="W5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y5" t="s">
         <v>51</v>
       </c>
       <c r="Z5" t="s">
         <v>51</v>
       </c>
       <c r="AA5" t="s">
         <v>51</v>
       </c>
       <c r="AB5" t="s">
         <v>51</v>
       </c>
       <c r="AC5" t="s">
         <v>51</v>
       </c>
       <c r="AD5" t="s">
         <v>51</v>
       </c>
       <c r="AE5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AF5" t="s">
         <v>51</v>
       </c>
       <c r="AG5" t="s">
         <v>50</v>
       </c>
       <c r="AH5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AI5" t="s">
         <v>50</v>
       </c>
       <c r="AJ5" t="s">
         <v>50</v>
       </c>
       <c r="AK5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="AL5" t="s">
         <v>51</v>
       </c>
       <c r="AM5" t="s">
         <v>51</v>
       </c>
       <c r="AN5" t="s">
         <v>50</v>
       </c>
       <c r="AO5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6" t="s">
         <v>53</v>
       </c>
       <c r="H6" t="s">
@@ -1192,60 +1192,60 @@
       <c r="M8" t="s">
         <v>55</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>55</v>
       </c>
       <c r="P8" t="s">
         <v>56</v>
       </c>
       <c r="Q8" t="s">
         <v>55</v>
       </c>
       <c r="R8" t="s">
         <v>55</v>
       </c>
       <c r="S8" t="s">
         <v>55</v>
       </c>
       <c r="T8" t="s">
         <v>55</v>
       </c>
       <c r="U8" t="s">
+        <v>55</v>
+      </c>
+      <c r="V8" t="s">
+        <v>55</v>
+      </c>
+      <c r="W8" t="s">
         <v>56</v>
       </c>
-      <c r="V8" t="s">
+      <c r="X8" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="Y8" t="s">
         <v>55</v>
       </c>
       <c r="Z8" t="s">
         <v>55</v>
       </c>
       <c r="AA8" t="s">
         <v>55</v>
       </c>
       <c r="AB8" t="s">
         <v>55</v>
       </c>
       <c r="AC8" t="s">
         <v>55</v>
       </c>
       <c r="AD8" t="s">
         <v>55</v>
       </c>
       <c r="AE8" t="s">
         <v>55</v>
       </c>
       <c r="AF8" t="s">
         <v>55</v>
       </c>
@@ -1296,108 +1296,108 @@
       <c r="J9" t="s">
         <v>58</v>
       </c>
       <c r="K9" t="s">
         <v>58</v>
       </c>
       <c r="L9" t="s">
         <v>57</v>
       </c>
       <c r="M9" t="s">
         <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>57</v>
       </c>
       <c r="O9" t="s">
         <v>58</v>
       </c>
       <c r="P9" t="s">
         <v>58</v>
       </c>
       <c r="Q9" t="s">
         <v>57</v>
       </c>
       <c r="R9" t="s">
+        <v>58</v>
+      </c>
+      <c r="S9" t="s">
         <v>57</v>
       </c>
-      <c r="S9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="U9" t="s">
         <v>58</v>
       </c>
       <c r="V9" t="s">
         <v>58</v>
       </c>
       <c r="W9" t="s">
         <v>58</v>
       </c>
       <c r="X9" t="s">
         <v>58</v>
       </c>
       <c r="Y9" t="s">
         <v>58</v>
       </c>
       <c r="Z9" t="s">
         <v>58</v>
       </c>
       <c r="AA9" t="s">
         <v>58</v>
       </c>
       <c r="AB9" t="s">
         <v>58</v>
       </c>
       <c r="AC9" t="s">
         <v>58</v>
       </c>
       <c r="AD9" t="s">
         <v>58</v>
       </c>
       <c r="AE9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AF9" t="s">
         <v>58</v>
       </c>
       <c r="AG9" t="s">
         <v>57</v>
       </c>
       <c r="AH9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="AI9" t="s">
         <v>57</v>
       </c>
       <c r="AJ9" t="s">
         <v>57</v>
       </c>
       <c r="AK9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="AL9" t="s">
         <v>58</v>
       </c>
       <c r="AM9" t="s">
         <v>58</v>
       </c>
       <c r="AN9" t="s">
         <v>57</v>
       </c>
       <c r="AO9" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>