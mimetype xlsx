--- v0 (2025-12-04)
+++ v1 (2026-03-05)
@@ -59,50 +59,56 @@
   <si>
     <t>Веклин Михайло Тимофійович</t>
   </si>
   <si>
     <t>Грисюк Віталій Іванович</t>
   </si>
   <si>
     <t>Грицишин Олег Васильович</t>
   </si>
   <si>
     <t>Ділай Володимир Степанович</t>
   </si>
   <si>
     <t>Ділай Михайло Петрович</t>
   </si>
   <si>
     <t>Іванчина Олег Антонович</t>
   </si>
   <si>
     <t>Ковальчук Володимир Анатолійович</t>
   </si>
   <si>
     <t>Кожушко Олег Васильович</t>
   </si>
   <si>
+    <t>Андрущак Петро Володимирович</t>
+  </si>
+  <si>
+    <t>Федун Тетяна Ігорівна</t>
+  </si>
+  <si>
     <t>Ксьонжик Світлана Михайлівна</t>
   </si>
   <si>
     <t>Мартинюк Марія Зіновіївна</t>
   </si>
   <si>
     <t>Матвіїв Євген Михайлович</t>
   </si>
   <si>
     <t>Мусій Світлана Степанівна</t>
   </si>
   <si>
     <t>Новосад Світлана Петрівна</t>
   </si>
   <si>
     <t>Піддубчишин Олег Миколайович</t>
   </si>
   <si>
     <t>Підкіпняк Василь Ярославович</t>
   </si>
   <si>
     <t>Плечінь Ігор Якович</t>
   </si>
   <si>
     <t>Пограничний Володимир Ігорович</t>
@@ -111,56 +117,50 @@
     <t>Сидор Ігор Петрович</t>
   </si>
   <si>
     <t>Сикиндюк Надія Василівна</t>
   </si>
   <si>
     <t>Славич Олег Васильович</t>
   </si>
   <si>
     <t>Табак Богдан Богданович</t>
   </si>
   <si>
     <t>Хомяк Ігор Володимирович</t>
   </si>
   <si>
     <t>Шамборовський Василь Григорович</t>
   </si>
   <si>
     <t>Шевчук Роман Миколайович</t>
   </si>
   <si>
     <t>Яремчук Мар`яна Ярославівна</t>
   </si>
   <si>
     <t>Касян Сергій Васильович</t>
-  </si>
-[...4 lines deleted...]
-    <t>Андрущак Петро Володимирович</t>
   </si>
   <si>
     <t>Михайлевич Валентина Іванівна</t>
   </si>
   <si>
     <t>Баланюк Віктор Миколайович</t>
   </si>
   <si>
     <t>Лащук Олег Юрійович</t>
   </si>
   <si>
     <t>Іванойко Надія Петрівна</t>
   </si>
   <si>
     <t>04.12.25  10:21:41</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
@@ -714,108 +714,108 @@
       <c r="J2" t="s" s="5">
         <v>46</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="O2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO2" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>48</v>
       </c>
       <c r="D3" t="s">
@@ -839,108 +839,108 @@
       <c r="J3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO3" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>2840 Включити в порядок денний питання «Про внесення змін до показників бюджету Сокальської міської територіальної громади на 2025 рік » під №2 Про внесення змін в Програму підтримки та розвитку</t>
         </is>
@@ -966,108 +966,108 @@
       <c r="J4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO4" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D5" t="s">
@@ -1091,108 +1091,108 @@
       <c r="J5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>46</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO5" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>2842Про затвердження порядку денного LХХ сесії Сокальської міської ради Львівської області VІІІ скликання</t>
         </is>
@@ -1218,108 +1218,108 @@
       <c r="J6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>2843Про внесення змін до показників бюджету Сокальської  міської територіальної громади на 2025 рік</t>
         </is>
@@ -1345,108 +1345,108 @@
       <c r="J7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>2844Про внесення змін в Програму підтримки та розвитку установ охорони здоров’я у КНП «Сокальська РЛ» на 2022-2025 роки</t>
         </is>
@@ -1472,108 +1472,108 @@
       <c r="J8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N8" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO8" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>2845Про внесення змін до Програми соціального захисту окремих категорій населення Сокальської міської територіальної громади на 2022-2025 роки</t>
         </is>
@@ -1599,108 +1599,108 @@
       <c r="J9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R9" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V9" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA9" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD9" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK9" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO9" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>2846Про внесення змін у Програму капітального будівництва та реконструкції об’єктів комунальної власності в Сокальській міській територіальній громаді на 2022-2025 роки</t>
         </is>
@@ -1726,108 +1726,108 @@
       <c r="J10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R10" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V10" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA10" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD10" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH10" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK10" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM10" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN10" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO10" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>2847Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу громадянам у власність</t>
         </is>
@@ -1853,108 +1853,108 @@
       <c r="J11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N11" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK11" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN11" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO11" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>2848Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та виділення земельної частки (паю) у натурі (на</t>
         </is>
@@ -1980,108 +1980,108 @@
       <c r="J12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R12" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V12" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA12" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD12" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH12" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ12" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK12" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO12" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>2849Про продаж у власність земельної ділянки площею 19,9986 га ФЕРМЕРСЬКЕ ГОСПОДАРСТВО КОЗЛА ІРИНИ ЙОСИФІВНИ</t>
         </is>
@@ -2107,108 +2107,108 @@
       <c r="J13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N13" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ13" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK13" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN13" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO13" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>2850Про продаж у власність земельної ділянки площею 20,4497 га ФЕРМЕРСЬКЕ ГОСПОДАРСТВО «САЛАМАНЧУК МИХАЙЛА ВОЛОДИМИРОВИЧА»</t>
         </is>
@@ -2234,108 +2234,108 @@
       <c r="J14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>53</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ14" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK14" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM14" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO14" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>69</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>2851Про продаж права оренди на них на конкурентних засадах (на земельних торгах у формі електронного аукціону) окремими лотами земельної ділянки площею 18,7974 га за межами населеного пункту</t>
         </is>
@@ -2361,108 +2361,108 @@
       <c r="J15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V15" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA15" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB15" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD15" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH15" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ15" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK15" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM15" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO15" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>70</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>2852Про продаж права оренди на них на конкурентних засадах (на земельних торгах у формі електронного аукціону) окремими лотами земельної ділянки площею 0,0125 га по вул.І.Франка в с.Бояничі</t>
         </is>
@@ -2488,108 +2488,108 @@
       <c r="J16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S16" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V16" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA16" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD16" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH16" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ16" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK16" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN16" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO16" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>2853Про включення до переліку земельних ділянок для підготовки Лотів для продажу їх права власності на земельних торгах у формі електронного аукціону та надання дозволу  на розроблення</t>
         </is>
@@ -2615,108 +2615,108 @@
       <c r="J17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K17" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M17" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R17" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S17" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U17" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V17" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z17" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AA17" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB17" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD17" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ17" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK17" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO17" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>72</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>2854Про включення до переліку земельних ділянок для підготовки Лотів для продажу їх права оренди на земельних торгах у формі електронного аукціону та надання дозволу на розроблення проекту</t>
         </is>
@@ -2742,108 +2742,108 @@
       <c r="J18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA18" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB18" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD18" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH18" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ18" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK18" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM18" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO18" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>73</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>2855Про включення до переліку земельних ділянок для підготовки Лотів для продажу їх права оренди на земельних торгах у формі електронного аукціону на території Сокальської міської</t>
         </is>
@@ -2869,108 +2869,108 @@
       <c r="J19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T19" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA19" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB19" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD19" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ19" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK19" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM19" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO19" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>74</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>2856Про включення до переліку земельної ділянки для підготовки Лотів для продажу права власності її на земельних торгах у формі електронного аукціону та надання дозволу на виготовлення звіту</t>
         </is>
@@ -2996,108 +2996,108 @@
       <c r="J20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T20" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AA20" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD20" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH20" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ20" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK20" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO20" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>77</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>2857Про затвердження проекту землеустрою щодо відведення земельної ділянки площею 0,5700 га, що розташована по вул.Героїв УПА в м. Сокаль Шептицького району Львівської області та надання дозволу</t>
         </is>
@@ -3123,108 +3123,108 @@
       <c r="J21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L21" t="s" s="5">
         <v>78</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N21" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R21" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T21" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U21" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB21" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD21" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ21" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK21" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO21" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>79</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>2858Про затвердження проекту землеустрою що забезпечує еколого-економічне обґрунтування сівозміни та впорядкування угідь земельних ділянок на території Сокальської міської територіальної</t>
         </is>
@@ -3250,108 +3250,108 @@
       <c r="J22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N22" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R22" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S22" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T22" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA22" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB22" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH22" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ22" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK22" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN22" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO22" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>2859Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки площею 0,4080 га Шептицька районна державна адміністрація Львівської області по</t>
         </is>
@@ -3377,108 +3377,108 @@
       <c r="J23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N23" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA23" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB23" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI23" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AJ23" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK23" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AO23" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>81</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>2860Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду громадянину Викович Ігор Романович</t>
         </is>
@@ -3504,108 +3504,108 @@
       <c r="J24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N24" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R24" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC24" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ24" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK24" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN24" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO24" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>2861Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду громадянину Викович Роман Остапович</t>
         </is>
@@ -3631,108 +3631,108 @@
       <c r="J25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L25" t="s" s="5">
         <v>46</v>
       </c>
       <c r="M25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N25" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R25" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T25" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="AB25" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC25" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH25" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ25" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK25" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN25" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO25" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>83</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>2862Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду ФЕРМЕРСЬКЕ ГОСПОДАРСТВО ВИКОВИЧ</t>
         </is>
@@ -3758,108 +3758,108 @@
       <c r="J26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R26" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T26" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA26" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="AB26" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC26" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH26" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ26" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK26" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM26" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO26" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>84</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>2863Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду ФЕРМЕРСЬКЕ ГОСПОДАРСТВО ВИКОВИЧ</t>
         </is>
@@ -3885,108 +3885,108 @@
       <c r="J27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N27" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R27" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T27" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA27" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="AB27" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC27" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH27" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ27" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK27" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM27" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN27" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO27" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>85</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>2864Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду ФЕРМЕРСЬКЕ ГОСПОДАРСТВО ХОМЯК</t>
         </is>
@@ -4012,108 +4012,108 @@
       <c r="J28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA28" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB28" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AH28" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ28" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK28" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL28" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AN28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO28" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>86</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>2865Про затвердження проекту землеустрою щодо відведення земельної ділянки під сільськогосподарськими будівлями і дворами з подальшою передачею в оренду ФЕРМЕРСЬКЕ ГОСПОДАРСТВО ХОМЯК</t>
         </is>
@@ -4139,108 +4139,108 @@
       <c r="J29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T29" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA29" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB29" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AH29" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ29" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK29" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AO29" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>2866Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки площею 0,0214 га з подальшою передачею в оренду громадянці Гарасимчук Ольга Іванівна по вул.</t>
         </is>
@@ -4266,108 +4266,108 @@
       <c r="J30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N30" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R30" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S30" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA30" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB30" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH30" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK30" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN30" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO30" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>2867Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки площею 0,3043 га з подальшою передачею в оренду громадянину Практика Володимир Іванович по вул.</t>
         </is>
@@ -4393,108 +4393,108 @@
       <c r="J31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N31" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R31" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S31" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA31" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB31" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH31" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK31" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN31" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO31" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>2868Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з подальшою передачею в оренду ФЕРМЕРСЬКЕ ГОСПОДАРСТВО «АГРОСТЕП 2019» по вул.Штокала, 64 в</t>
         </is>
@@ -4520,108 +4520,108 @@
       <c r="J32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N32" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S32" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA32" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB32" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH32" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK32" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM32" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN32" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO32" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>90</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>2869Про надання згоди на передачу в суборенду земельної ділянки площею 0,0117 га для будівництва та обслуговування будівель торгівлі по вул.Березовського, 1 в м.Сокаль Шептицького району</t>
         </is>
@@ -4647,108 +4647,108 @@
       <c r="J33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N33" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R33" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S33" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA33" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB33" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH33" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK33" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN33" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO33" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>91</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>2870Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з подальшою передачею в оренду гр. Панас Володимир Павлович по вул. Зелена, 67 в с. Опільсько</t>
         </is>
@@ -4774,108 +4774,108 @@
       <c r="J34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N34" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA34" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB34" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH34" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK34" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN34" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO34" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>92</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>2871Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земельної ділянки РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ</t>
         </is>
@@ -4901,108 +4901,108 @@
       <c r="J35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N35" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S35" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA35" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB35" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH35" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK35" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL35" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM35" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AN35" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO35" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>2872Про надання дозволу на виготовлення технічної документації із землеустрою щодо інвентаризації земельної ділянки РЕЛІГІЙНІЙ ОРГАНІЗАЦІЇ «РЕЛІГІЙНА ГРОМАДА УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ</t>
         </is>
@@ -5028,108 +5028,108 @@
       <c r="J36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N36" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R36" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S36" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB36" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH36" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK36" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL36" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM36" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AN36" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO36" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>94</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>2873Про передачу в оренду гр.Прихідько Юрій Юрійович земельної ділянки площею 0,0483 га по вул.Штикала Д, 38 А в с.Ільковичі Шептицького району Львівської області</t>
         </is>
@@ -5155,108 +5155,108 @@
       <c r="J37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N37" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R37" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S37" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA37" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB37" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH37" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK37" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM37" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AN37" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO37" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>2874Про поновлення договору оренди землі в м. Сокаль, вул. Тартаківська Шептицького району Львівської області, гр. Кінах Н.С.</t>
         </is>
@@ -5282,108 +5282,108 @@
       <c r="J38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N38" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S38" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB38" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH38" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK38" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM38" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN38" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO38" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>2875Про внесення змін в рішення ХІV сесії І скликання Поторицької сільської ради народних депутатів від 19 грудня 1996 року</t>
         </is>
@@ -5409,108 +5409,108 @@
       <c r="J39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N39" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S39" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z39" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AA39" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB39" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH39" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK39" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL39" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM39" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AN39" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO39" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>97</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>2876Про внесення змін в рішення LVІІ сесії VІІI скликання Сокальської міської ради Львівської області № 1924 від 25.02.2025 року</t>
         </is>
@@ -5536,108 +5536,108 @@
       <c r="J40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N40" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R40" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S40" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U40" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA40" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB40" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG40" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AH40" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AJ40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK40" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM40" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN40" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO40" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>98</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>2877Про внесення змін в ухвалу IV сесії ХХІІ скликання Сокальської міської ради народних депутатів від 31.05.1995 року</t>
         </is>
@@ -5663,108 +5663,108 @@
       <c r="J41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N41" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S41" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z41" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AA41" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB41" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH41" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK41" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM41" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN41" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO41" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>99</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>100</v>
       </c>
       <c r="D42" t="s">
@@ -5788,108 +5788,108 @@
       <c r="J42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="N42" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA42" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AB42" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH42" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AJ42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK42" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AM42" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AN42" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO42" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="43">
       <c r="A43"/>
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43" t="s">
         <v>101</v>
       </c>
       <c r="H43" t="s">
@@ -5901,108 +5901,108 @@
       <c r="J43" t="s">
         <v>103</v>
       </c>
       <c r="K43" t="s">
         <v>104</v>
       </c>
       <c r="L43" t="s">
         <v>105</v>
       </c>
       <c r="M43" t="s">
         <v>104</v>
       </c>
       <c r="N43" t="s">
         <v>106</v>
       </c>
       <c r="O43" t="s">
         <v>107</v>
       </c>
       <c r="P43" t="s">
         <v>104</v>
       </c>
       <c r="Q43" t="s">
         <v>108</v>
       </c>
       <c r="R43" t="s">
+        <v>104</v>
+      </c>
+      <c r="S43" t="s">
+        <v>104</v>
+      </c>
+      <c r="T43" t="s">
         <v>103</v>
       </c>
-      <c r="S43" t="s">
+      <c r="U43" t="s">
         <v>109</v>
       </c>
-      <c r="T43" t="s">
+      <c r="V43" t="s">
         <v>76</v>
       </c>
-      <c r="U43" t="s">
+      <c r="W43" t="s">
         <v>110</v>
       </c>
-      <c r="V43" t="s">
+      <c r="X43" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
       <c r="Y43" t="s">
         <v>104</v>
       </c>
       <c r="Z43" t="s">
         <v>107</v>
       </c>
       <c r="AA43" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>107</v>
+      </c>
+      <c r="AC43" t="s">
         <v>108</v>
       </c>
-      <c r="AB43" t="s">
+      <c r="AD43" t="s">
         <v>111</v>
       </c>
-      <c r="AC43" t="s">
+      <c r="AE43" t="s">
         <v>109</v>
       </c>
-      <c r="AD43" t="s">
+      <c r="AF43" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="AG43" t="s">
         <v>107</v>
       </c>
       <c r="AH43" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="AI43" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="AJ43" t="s">
         <v>104</v>
       </c>
       <c r="AK43" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="AL43" t="s">
         <v>109</v>
       </c>
       <c r="AM43" t="s">
         <v>112</v>
       </c>
       <c r="AN43" t="s">
         <v>113</v>
       </c>
       <c r="AO43" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="44">
       <c r="A44"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" t="s">
         <v>114</v>
       </c>
       <c r="H44" t="s">
@@ -6240,102 +6240,102 @@
       <c r="J46" t="s">
         <v>122</v>
       </c>
       <c r="K46" t="s">
         <v>123</v>
       </c>
       <c r="L46" t="s">
         <v>124</v>
       </c>
       <c r="M46" t="s">
         <v>123</v>
       </c>
       <c r="N46" t="s">
         <v>125</v>
       </c>
       <c r="O46" t="s">
         <v>126</v>
       </c>
       <c r="P46" t="s">
         <v>123</v>
       </c>
       <c r="Q46" t="s">
         <v>127</v>
       </c>
       <c r="R46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="S46" t="s">
         <v>123</v>
       </c>
       <c r="T46" t="s">
+        <v>122</v>
+      </c>
+      <c r="U46" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="V46" t="s">
         <v>123</v>
       </c>
       <c r="W46" t="s">
+        <v>128</v>
+      </c>
+      <c r="X46" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="Y46" t="s">
         <v>123</v>
       </c>
       <c r="Z46" t="s">
         <v>126</v>
       </c>
       <c r="AA46" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC46" t="s">
         <v>127</v>
       </c>
-      <c r="AB46" t="s">
+      <c r="AD46" t="s">
         <v>121</v>
       </c>
-      <c r="AC46" t="s">
+      <c r="AE46" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="AF46" t="s">
         <v>123</v>
       </c>
       <c r="AG46" t="s">
         <v>126</v>
       </c>
       <c r="AH46" t="s">
         <v>123</v>
       </c>
       <c r="AI46" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="AJ46" t="s">
         <v>123</v>
       </c>
       <c r="AK46" t="s">
         <v>123</v>
       </c>
       <c r="AL46" t="s">
         <v>123</v>
       </c>
       <c r="AM46" t="s">
         <v>129</v>
       </c>
       <c r="AN46" t="s">
         <v>130</v>
       </c>
       <c r="AO46" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
@@ -6353,108 +6353,108 @@
       <c r="J47" t="s">
         <v>133</v>
       </c>
       <c r="K47" t="s">
         <v>134</v>
       </c>
       <c r="L47" t="s">
         <v>133</v>
       </c>
       <c r="M47" t="s">
         <v>134</v>
       </c>
       <c r="N47" t="s">
         <v>133</v>
       </c>
       <c r="O47" t="s">
         <v>133</v>
       </c>
       <c r="P47" t="s">
         <v>134</v>
       </c>
       <c r="Q47" t="s">
         <v>133</v>
       </c>
       <c r="R47" t="s">
+        <v>134</v>
+      </c>
+      <c r="S47" t="s">
+        <v>134</v>
+      </c>
+      <c r="T47" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="U47" t="s">
         <v>133</v>
       </c>
       <c r="V47" t="s">
+        <v>135</v>
+      </c>
+      <c r="W47" t="s">
+        <v>133</v>
+      </c>
+      <c r="X47" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="Y47" t="s">
         <v>134</v>
       </c>
       <c r="Z47" t="s">
         <v>133</v>
       </c>
       <c r="AA47" t="s">
+        <v>134</v>
+      </c>
+      <c r="AB47" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="AC47" t="s">
         <v>133</v>
       </c>
       <c r="AD47" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="AE47" t="s">
         <v>133</v>
       </c>
       <c r="AF47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AG47" t="s">
         <v>133</v>
       </c>
       <c r="AH47" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AI47" t="s">
         <v>133</v>
       </c>
       <c r="AJ47" t="s">
         <v>134</v>
       </c>
       <c r="AK47" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AL47" t="s">
         <v>133</v>
       </c>
       <c r="AM47" t="s">
         <v>133</v>
       </c>
       <c r="AN47" t="s">
         <v>137</v>
       </c>
       <c r="AO47" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>